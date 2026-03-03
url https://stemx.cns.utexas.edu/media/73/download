--- v0 (2025-11-22)
+++ v1 (2026-03-03)
@@ -1,674 +1,727 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="40F97973" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="695B74E2" w14:textId="3F00AE07" w:rsidR="00864C7D" w:rsidRPr="0098402D" w:rsidRDefault="0098402D" w:rsidP="00C24C43">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F86CD2">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0098402D">
+        <w:t>Advice to Future Students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1DBEDD" w14:textId="77777777" w:rsidR="009B2BDE" w:rsidRPr="009B2BDE" w:rsidRDefault="006F2FD2" w:rsidP="009B2BDE">
+      <w:r w:rsidRPr="009B2BDE">
+        <w:t>Students often find that transition to a college biology course can be daunting. This is perfectly normal</w:t>
+      </w:r>
+      <w:r w:rsidR="0098402D" w:rsidRPr="009B2BDE">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B2BDE">
+        <w:t xml:space="preserve"> as creating a strong foundation takes hard work. Biological processes are complex, concepts challenging and mastery takes effort. Every student has a different experience in their class.  At the same time, students have a lot in common. For instance, most students say they feel really confused sometimes, but, eventually, most students learn a </w:t>
+      </w:r>
+      <w:r w:rsidR="0098402D" w:rsidRPr="009B2BDE">
+        <w:t>lot,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B2BDE">
+        <w:t xml:space="preserve"> and they understand biology better than they did before. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210DF136" w14:textId="77777777" w:rsidR="00161914" w:rsidRDefault="006F2FD2" w:rsidP="009B2BDE">
+      <w:r w:rsidRPr="009B2BDE">
+        <w:t xml:space="preserve">We need your help explaining why this may be true for students in your class. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63061951" w14:textId="77777777" w:rsidR="00161914" w:rsidRPr="000C00BC" w:rsidRDefault="00161914" w:rsidP="00C24C43">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C00BC">
+        <w:t xml:space="preserve">Read a Former Student Reflection </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB1EBF4" w14:textId="77777777" w:rsidR="0002377B" w:rsidRPr="0002377B" w:rsidRDefault="0002377B" w:rsidP="0002377B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The following reflection is from a student in Bio 311C. Student responses have been lightly edited for clarity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D8670C" w14:textId="75F6D457" w:rsidR="006F2FD2" w:rsidRPr="0002377B" w:rsidRDefault="006F2FD2" w:rsidP="00E64A83">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="24" w:space="4" w:color="196B24" w:themeColor="accent3"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Coming to UT Austin was a bit nerve wracking; all the people I know who went to college told me how the first year of college can be a challenging adjustment. So, when I came to UT, I was concerned about how well I would do in my classes, and biology wasn’t my strongest subject. The professor suggested that attending collaborative study sessions (CSS) was a great way to expand our understanding by learning with our classmates. I tend to be a shy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I was a little intimidated by the number of students in my class, so I was a bit nervous about attending these sessions. But I realized I was too caught up about what others would think of me, and I decided to give it a try.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC1EEE6" w14:textId="06A087B3" w:rsidR="006F2FD2" w:rsidRPr="0002377B" w:rsidRDefault="006F2FD2" w:rsidP="00E64A83">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="24" w:space="4" w:color="196B24" w:themeColor="accent3"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I started going to collaborative study sessions regularly, and I felt comfortable discussing the content with the other students and felt more confident asking questions. I realized that everybody struggles with the material at first, but as my classmates and I worked through the content together, we really started to deeply understand it. I learned that it's </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>definitely a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0002377B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process to get into a good routine and to get used to working with my classmates, but eventually, I got where I needed to be, and I got a much deeper understanding of the material as I went along.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EB56C4" w14:textId="77777777" w:rsidR="00C24C43" w:rsidRDefault="00C24C43">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-        <w:t>Every student has a different experience in their class.  At the same time, students have a lot in common. For instance, most students say they feel really confused sometimes, but, eventually, most students learn a lot and they understand biology better than they did before. We need your help explaining why this may be true for students in your class. First, read a message from a past student who took this class.  Second, write your own brief message to help future students understand this idea. Of course, this year is like no other and this course has changed accordingly, so we need your help to make these messages useful for students in the new reality we’re facing. Many students tell us that they get something out of this because it helps them reflect on their own experiences.</w:t>
+          <w:color w:val="196B24" w:themeColor="accent3"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB50945" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="05EB8000" w14:textId="750ECD6A" w:rsidR="000C00BC" w:rsidRDefault="000C00BC" w:rsidP="000C00BC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Write Your Message</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65316365" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="09AE8E8A" w14:textId="77777777" w:rsidR="00D21281" w:rsidRPr="00D21281" w:rsidRDefault="00D21281" w:rsidP="00D21281">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F86CD2">
-[...8 lines deleted...]
-        <w:t>Here is a reflection from a former student in Bio 311C*:</w:t>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Based on your experience in this course so far, write a note to a future student that addresses the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BF16E6" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="089EFC8F" w14:textId="77777777" w:rsidR="00D21281" w:rsidRPr="00D21281" w:rsidRDefault="00D21281" w:rsidP="00662AF7">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Why is it normal to initially struggle with course concepts?</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67DE3D09" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="564BA4CF" w14:textId="77777777" w:rsidR="00D21281" w:rsidRPr="00D21281" w:rsidRDefault="00D21281" w:rsidP="00662AF7">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F86CD2">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> and I was a little intimidated by the number of students in my class, so I was a bit nervous about attending these sessions. But I realized I was too caught up about what others would think of me, and I decided to give it a try.</w:t>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How do students develop deeper understanding over time?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D8670C" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="2EFE6F25" w14:textId="77777777" w:rsidR="00D21281" w:rsidRPr="00D21281" w:rsidRDefault="00D21281" w:rsidP="00662AF7">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How have asking for help, using effective study strategies, or sustained effort supported your learning?</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2FF61CF7" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="36B3BF69" w14:textId="2065F4D1" w:rsidR="00D21281" w:rsidRPr="00D21281" w:rsidRDefault="00D21281" w:rsidP="00D21281">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F86CD2">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> process to get into a good routine and to get used to working with my classmates, but eventually, I got where I needed to be, and I got a much deeper understanding of the material as I went along.”</w:t>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Provide specific examples from your experience in this class.</w:t>
+      </w:r>
+      <w:r w:rsidR="00924063">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21281">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>You may also reflect on how learning strengthens the brain over time when it is challenged in a collaborative learning environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC1EEE6" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="50348A1A" w14:textId="77777777" w:rsidR="00AA21FB" w:rsidRPr="00AA21FB" w:rsidRDefault="00AA21FB" w:rsidP="00AA21FB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AA21FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Submission Guidance</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DF6A5C1" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
+    <w:p w14:paraId="0CBC30C7" w14:textId="43066477" w:rsidR="00C13FB5" w:rsidRPr="00AA21FB" w:rsidRDefault="00AA21FB" w:rsidP="009B2BDE">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F86CD2">
-[...5 lines deleted...]
-        <w:t>* Student responses have been lightly edited to provide a consistent message across responses.</w:t>
+      <w:r w:rsidRPr="00AA21FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Write 3–5 sentences. Focus on clarity of ideas rather than grammar or spelling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A41996F" w14:textId="77777777" w:rsidR="006F2FD2" w:rsidRPr="00F86CD2" w:rsidRDefault="006F2FD2" w:rsidP="006F2FD2">
-[...148 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00C13FB5" w:rsidRPr="00AA21FB" w:rsidSect="00C24C43">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1728" w:bottom="1440" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="085AC2EC" w14:textId="77777777" w:rsidR="00285B22" w:rsidRDefault="00285B22" w:rsidP="00FF7BFA">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2E33E5F7" w14:textId="77777777" w:rsidR="0008019F" w:rsidRDefault="0008019F" w:rsidP="009B2BDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C56CABE" w14:textId="77777777" w:rsidR="00285B22" w:rsidRDefault="00285B22" w:rsidP="00FF7BFA">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5179AFC4" w14:textId="77777777" w:rsidR="0008019F" w:rsidRDefault="0008019F" w:rsidP="009B2BDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="EB Garamond">
+    <w:panose1 w:val="00000500000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="02000413" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="78642DF8" w14:textId="0771E9C8" w:rsidR="00FF7BFA" w:rsidRPr="00FF7BFA" w:rsidRDefault="00FF7BFA" w:rsidP="00FF7BFA">
+  <w:p w14:paraId="78642DF8" w14:textId="19A54548" w:rsidR="00FF7BFA" w:rsidRPr="004A5D97" w:rsidRDefault="00FF7BFA" w:rsidP="009B2BDE">
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:highlight w:val="white"/>
       </w:rPr>
-      <w:t xml:space="preserve">This work © 2025 by CNS Office of STEM Education Excellence is licensed under </w:t>
+      <w:t xml:space="preserve">This work © 2025 by CNS Office of STEM </w:t>
     </w:r>
-    <w:hyperlink r:id="rId1">
-[...10 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>Education Excellence is licensed under CC BY-NC 4.</w:t>
+    </w:r>
+    <w:r w:rsidR="004A5D97" w:rsidRPr="004A5D97">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>0.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004A5D97">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="004A5D97">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="660FE928" w14:textId="77777777" w:rsidR="00285B22" w:rsidRDefault="00285B22" w:rsidP="00FF7BFA">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="55A83722" w14:textId="77777777" w:rsidR="0008019F" w:rsidRDefault="0008019F" w:rsidP="009B2BDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7718E513" w14:textId="77777777" w:rsidR="00285B22" w:rsidRDefault="00285B22" w:rsidP="00FF7BFA">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="175E14FB" w14:textId="77777777" w:rsidR="0008019F" w:rsidRDefault="0008019F" w:rsidP="009B2BDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D541101" w14:textId="77777777" w:rsidR="00FF7BFA" w:rsidRDefault="00FF7BFA" w:rsidP="00FF7BFA">
-[...89 lines deleted...]
-  <w:p w14:paraId="16AD5EEC" w14:textId="77777777" w:rsidR="00FF7BFA" w:rsidRDefault="00FF7BFA">
+  <w:p w14:paraId="6D541101" w14:textId="41530A19" w:rsidR="00FF7BFA" w:rsidRDefault="00FF7BFA" w:rsidP="009B2BDE"/>
+  <w:p w14:paraId="16AD5EEC" w14:textId="77777777" w:rsidR="00FF7BFA" w:rsidRDefault="00FF7BFA" w:rsidP="009B2BDE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="125F7C98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5732AC8C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="116150024">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F2FD2"/>
+    <w:rsid w:val="0002377B"/>
+    <w:rsid w:val="0008019F"/>
+    <w:rsid w:val="000C00BC"/>
+    <w:rsid w:val="00161914"/>
     <w:rsid w:val="00285B22"/>
+    <w:rsid w:val="004A5D97"/>
     <w:rsid w:val="00634642"/>
+    <w:rsid w:val="00662AF7"/>
     <w:rsid w:val="006F2FD2"/>
+    <w:rsid w:val="00864C7D"/>
+    <w:rsid w:val="00924063"/>
+    <w:rsid w:val="0098402D"/>
+    <w:rsid w:val="009B2BDE"/>
     <w:rsid w:val="00A211F1"/>
+    <w:rsid w:val="00AA21FB"/>
     <w:rsid w:val="00BA0F39"/>
     <w:rsid w:val="00C13FB5"/>
+    <w:rsid w:val="00C24C43"/>
+    <w:rsid w:val="00D21281"/>
+    <w:rsid w:val="00DB5099"/>
+    <w:rsid w:val="00E64A83"/>
     <w:rsid w:val="00FF7BFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42D90835"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40936380-E96B-DC47-A924-A2A7FB86FB7A}"/>
 </w:settings>
 </file>
 
@@ -1050,353 +1103,340 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2FD2"/>
+    <w:rsid w:val="009B2BDE"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsia="Arial" w:hAnsi="EB Garamond" w:cs="Arial"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="en"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006F2FD2"/>
+    <w:rsid w:val="004A5D97"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="196B24" w:themeColor="accent3"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F2FD2"/>
+    <w:rsid w:val="000C00BC"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="196B24" w:themeColor="accent3"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006F2FD2"/>
-[...4 lines deleted...]
-      <w:szCs w:val="40"/>
+    <w:rsid w:val="004A5D97"/>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsia="Arial" w:hAnsi="EB Garamond" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="196B24" w:themeColor="accent3"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:val="en"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-[...5 lines deleted...]
-      <w:szCs w:val="32"/>
+    <w:rsid w:val="000C00BC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsia="Arial" w:hAnsi="EB Garamond" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="196B24" w:themeColor="accent3"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -1540,125 +1580,119 @@
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160" w:line="278" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="006F2FD2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -1716,59 +1750,51 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF7BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2022,59 +2048,476 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019D298902AADFB46819B2DB4CEF0D2B7" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6766d0fc3048505b7d858fe49c39dc68">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97069aa7-570b-4764-9598-f9c54d903eaf" xmlns:ns3="375c294f-a1f2-424f-8e1b-11fc54006087" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="747d0e1ead915bd19c2358b1263900e2" ns2:_="" ns3:_="">
+    <xsd:import namespace="97069aa7-570b-4764-9598-f9c54d903eaf"/>
+    <xsd:import namespace="375c294f-a1f2-424f-8e1b-11fc54006087"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:Initiative" minOccurs="0"/>
+                <xsd:element ref="ns2:AcademicYear" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner_x002f_Author" minOccurs="0"/>
+                <xsd:element ref="ns2:Audience" minOccurs="0"/>
+                <xsd:element ref="ns2:Confidentiality" minOccurs="0"/>
+                <xsd:element ref="ns2:Notes_x002f_Description" minOccurs="0"/>
+                <xsd:element ref="ns2:FilePurpose" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97069aa7-570b-4764-9598-f9c54d903eaf" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="12" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="MOU"/>
+          <xsd:enumeration value="Consent Form"/>
+          <xsd:enumeration value="HR Template"/>
+          <xsd:enumeration value="Grant Application"/>
+          <xsd:enumeration value="Training Materials"/>
+          <xsd:enumeration value="Presentation"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Planning Document"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Initiative" ma:index="13" nillable="true" ma:displayName="Initiative" ma:format="Dropdown" ma:internalName="Initiative">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CDI"/>
+          <xsd:enumeration value="Pathways"/>
+          <xsd:enumeration value="CETAP"/>
+          <xsd:enumeration value="Learning Lunches"/>
+          <xsd:enumeration value="CTM"/>
+          <xsd:enumeration value="Mentoring"/>
+          <xsd:enumeration value="Health Professions Seminar"/>
+          <xsd:enumeration value="CALCx"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AcademicYear" ma:index="14" nillable="true" ma:displayName="Academic Year" ma:description="For recurring initiatives, indicate the AY the file was used." ma:format="Dropdown" ma:internalName="AcademicYear">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="25-26"/>
+          <xsd:enumeration value="24-25"/>
+          <xsd:enumeration value="23-24"/>
+          <xsd:enumeration value="22-23"/>
+          <xsd:enumeration value="21-22"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Owner_x002f_Author" ma:index="15" nillable="true" ma:displayName="Owner/Author" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Owner_x002f_Author">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Audience" ma:index="16" nillable="true" ma:displayName="Audience" ma:description="Intended users or viewers" ma:format="Dropdown" ma:internalName="Audience">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Staff"/>
+          <xsd:enumeration value="Fellows/Participants"/>
+          <xsd:enumeration value="CNS Faculty"/>
+          <xsd:enumeration value="Public"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Confidentiality" ma:index="17" nillable="true" ma:displayName="Confidentiality" ma:format="Dropdown" ma:internalName="Confidentiality">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal use"/>
+          <xsd:enumeration value="Public"/>
+          <xsd:enumeration value="Restricted"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Notes_x002f_Description" ma:index="18" nillable="true" ma:displayName="Notes/Description" ma:format="Dropdown" ma:internalName="Notes_x002f_Description">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FilePurpose" ma:index="19" nillable="true" ma:displayName="File Purpose" ma:description="Reason for the file's existence" ma:format="Dropdown" ma:internalName="FilePurpose">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Application Review"/>
+                    <xsd:enumeration value="Event Planning"/>
+                    <xsd:enumeration value="Assessment/Reporting"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08c7800f-3133-4166-986f-ae8bcd499822" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="24" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="25" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="26" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="27" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="28" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="375c294f-a1f2-424f-8e1b-11fc54006087" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9004eab2-141b-4b47-aa0c-bad5c42114db}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="375c294f-a1f2-424f-8e1b-11fc54006087">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <FilePurpose xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <AcademicYear xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Notes_x002f_Description xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Owner_x002f_Author xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner_x002f_Author>
+    <Audience xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Confidentiality xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <TaxCatchAll xmlns="375c294f-a1f2-424f-8e1b-11fc54006087" xsi:nil="true"/>
+    <Initiative xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <DocumentType xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6914A64-3D8A-45A3-8F62-6E95A4AEC3C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47F0456-3635-4D49-A4BC-B12909877C6E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="97069aa7-570b-4764-9598-f9c54d903eaf"/>
+    <ds:schemaRef ds:uri="375c294f-a1f2-424f-8e1b-11fc54006087"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{899CAE4B-27AB-46C6-81D0-F3D4AF5B5BB7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="97069aa7-570b-4764-9598-f9c54d903eaf"/>
+    <ds:schemaRef ds:uri="375c294f-a1f2-424f-8e1b-11fc54006087"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>524</Words>
-  <Characters>2992</Characters>
+  <Words>464</Words>
+  <Characters>2211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3509</CharactersWithSpaces>
+  <CharactersWithSpaces>2666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Smith, Eric</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010019D298902AADFB46819B2DB4CEF0D2B7</vt:lpwstr>
+  </property>
+</Properties>
+</file>