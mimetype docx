--- v0 (2025-11-22)
+++ v1 (2026-03-03)
@@ -1,701 +1,437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="70261735" w14:textId="77777777" w:rsidR="00033E4B" w:rsidRDefault="00033E4B" w:rsidP="00651E19">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="70261735" w14:textId="77777777" w:rsidR="00033E4B" w:rsidRPr="00540B70" w:rsidRDefault="00033E4B" w:rsidP="00D30746">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00540B70">
+        <w:t>Fail-to-Succeed Exams: Student-Facing Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54709CDB" w14:textId="77777777" w:rsidR="00EA2EF1" w:rsidRPr="00D30746" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:r w:rsidRPr="00D30746">
+        <w:t>In hopes to alleviate test anxiety and ensure I am receiving the BEST measure (score) of your understanding of the course learning outcomes, all exams will follow a two attempt, without penalty, exam format (detailed below) that I’ve coined the ‘Fail to Suc</w:t>
+      </w:r>
+      <w:r w:rsidR="00893239" w:rsidRPr="00D30746">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30746">
+        <w:t xml:space="preserve">eed’ Assessment Design. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A109BB" w14:textId="77460667" w:rsidR="00651E19" w:rsidRPr="00EA2EF1" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:r w:rsidRPr="00EA2EF1">
+        <w:t>For each exam you will get </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2EF1">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00033E4B">
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2EF1">
+        <w:t> attempts to take the exam during our normal exam timeframe. After the first attempt, you will be shown which answers are correct, then revise and rework the same exam, without any point deduction. You have the freedom to allocate the portion of time you spend on each attempt, but the total amount of time on both must be completed in our normal, 50</w:t>
+      </w:r>
+      <w:r w:rsidR="004157EC" w:rsidRPr="00EA2EF1">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2EF1">
+        <w:t>minute window (75+ minutes if you receive modified time through SSD). If you go significantly over this time, points will be deducted, please email me as soon as possible if you have any issues that cause you to go over and we will discuss. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FF2B38" w14:textId="1D235ADF" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve">After completing both attempts in Canvas, upload the work for your exam to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>Gradescope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>. Your highest score from the auto-graded in Canvas will be recorded. A couple of pointers to help you with this format.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0329C67C" w14:textId="2DE22627" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve">The work from many of the questions will be uploaded to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>Gradescope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve"> once you have finished and submitted your second and final attempt of the exam. Your work for these questions needs to be scanned in or saved as a SINGLE PDF file to upload.  [The instructions for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>Gradescope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve"> are listed here]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B02CEE" w14:textId="04FF94F7" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve">Even if you get </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve"> the automatically graded questions correct in Canvas, you will not receive 100% unless the corresponding work for the designated questions are uploaded as a PDF to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>Gradescope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve"> within (approximately) 15 minutes of finishing your second attempt. If you have technical difficulties, email me your work [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>teacher@email.com]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve">so I can have evidence it wasn't edited due to the delayed submission, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B09C9">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Fail-to-Succeed Exams: Student-Facing Instructions</w:t>
+        <w:t>but you must still submit later</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t xml:space="preserve"> when you have more time to troubleshoot.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A109BB" w14:textId="543B0502" w:rsidR="00651E19" w:rsidRPr="00BE53D3" w:rsidRDefault="00651E19" w:rsidP="00651E19">
-[...138 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="25B894E9" w14:textId="58E5F828" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-[...82 lines deleted...]
-        <w:t>]</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>Email me if you have anything unexpected occur and I can help you with an extra attempt or something similar to fix the issue. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B02CEE" w14:textId="3D38C7F0" w:rsidR="00651E19" w:rsidRPr="00BE53D3" w:rsidRDefault="00651E19" w:rsidP="00651E19">
-      <w:pPr>
+    <w:p w14:paraId="35356F29" w14:textId="2B97CAA7" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>You will only be able to see whether you got answers correct </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077679D">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-[...185 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE53D3">
+      <w:r w:rsidRPr="00E546C6">
+        <w:t> the correct answers. Review your answers quickly, then open a new window, log into Canvas, and you can toggle between your first attempt and second attempt and easily copy/paste any answers from your first attempt that were correct. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF63A6E" w14:textId="7946317F" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:r w:rsidRPr="0077679D">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t> the correct answers. Review your answers quickly, then </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE53D3">
+        <w:t>Sharing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E546C6">
+        <w:t> or any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077679D">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...84 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>distribution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE53D3">
+      <w:r w:rsidRPr="00E546C6">
+        <w:t> to your exam questions or descriptions/topics on the exam is a direct violation of Academic Integrity standards at UT Austin and violations will be reported to the Dean of Students when appropriate. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077679D">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-[...10 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Make good choices, your future is not worth risking!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9AF190" w14:textId="784D357A" w:rsidR="00651E19" w:rsidRPr="00BE53D3" w:rsidRDefault="00651E19" w:rsidP="00651E19">
-[...35 lines deleted...]
-        <w:t> email me directly and I will try to assist as soon as possible.</w:t>
+    <w:p w14:paraId="0C9AF190" w14:textId="784D357A" w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidRDefault="00651E19" w:rsidP="00D30746">
+      <w:r w:rsidRPr="00E546C6">
+        <w:t>If you have any technical difficulties or potential issues that arise, please email me directly and I will try to assist as soon as possible.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00651E19" w:rsidRPr="00BE53D3" w:rsidSect="00ED601E">
+    <w:sectPr w:rsidR="00651E19" w:rsidRPr="00E546C6" w:rsidSect="00D30746">
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2852D3B8" w14:textId="77777777" w:rsidR="00CA71DE" w:rsidRDefault="00CA71DE" w:rsidP="00D30746">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2F99ACB4" w14:textId="77777777" w:rsidR="00CA71DE" w:rsidRDefault="00CA71DE" w:rsidP="00D30746">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="EB Garamond">
+    <w:panose1 w:val="00000500000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="02000413" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="486B811F" w14:textId="6CFD7AA6" w:rsidR="002738D2" w:rsidRPr="002738D2" w:rsidRDefault="002738D2" w:rsidP="00D30746">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="002738D2">
+      <w:t>This work may be adapted under CC BY-NC 4.0. Please include attribution to the Office of STEM Education Excellence and indicate if changes were made.</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0F672D94" w14:textId="77777777" w:rsidR="00CA71DE" w:rsidRDefault="00CA71DE" w:rsidP="00D30746">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="79E1FF86" w14:textId="77777777" w:rsidR="00CA71DE" w:rsidRDefault="00CA71DE" w:rsidP="00D30746">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40FD6686"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C57A9188"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2E5017"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9436842C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -765,78 +501,103 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1835993131">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1506675133">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="161"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00651E19"/>
     <w:rsid w:val="00033E4B"/>
+    <w:rsid w:val="002738D2"/>
     <w:rsid w:val="004157EC"/>
+    <w:rsid w:val="004422A7"/>
+    <w:rsid w:val="00540B70"/>
     <w:rsid w:val="00651E19"/>
+    <w:rsid w:val="006B09C9"/>
+    <w:rsid w:val="0077679D"/>
     <w:rsid w:val="00893239"/>
     <w:rsid w:val="00A211F1"/>
+    <w:rsid w:val="00AF3335"/>
+    <w:rsid w:val="00B9411E"/>
     <w:rsid w:val="00BE53D3"/>
+    <w:rsid w:val="00CA71DE"/>
+    <w:rsid w:val="00D30746"/>
     <w:rsid w:val="00D84F82"/>
+    <w:rsid w:val="00DB5099"/>
+    <w:rsid w:val="00E546C6"/>
+    <w:rsid w:val="00E559D9"/>
+    <w:rsid w:val="00EA2EF1"/>
     <w:rsid w:val="00ED601E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1218,50 +979,77 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D30746"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540B70"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2D4E5E"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00651E19"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
@@ -1326,77 +1114,163 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00651E19"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00651E19"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540B70"/>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2D4E5E"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006B09C9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002738D2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002738D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002738D2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002738D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="107312233">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////Users/ah36372/Library/Group%20Containers/UBF8T346G9.Office/User%20Content.localized/Templates.localized/mindset.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1650,60 +1524,505 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019D298902AADFB46819B2DB4CEF0D2B7" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5e9cacff363d0ddb7503c40de889764b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97069aa7-570b-4764-9598-f9c54d903eaf" xmlns:ns3="375c294f-a1f2-424f-8e1b-11fc54006087" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e06527c0856ad7f12d254b86385b124c" ns2:_="" ns3:_="">
+    <xsd:import namespace="97069aa7-570b-4764-9598-f9c54d903eaf"/>
+    <xsd:import namespace="375c294f-a1f2-424f-8e1b-11fc54006087"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:Initiative" minOccurs="0"/>
+                <xsd:element ref="ns2:AcademicYear" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner_x002f_Author" minOccurs="0"/>
+                <xsd:element ref="ns2:Audience" minOccurs="0"/>
+                <xsd:element ref="ns2:Confidentiality" minOccurs="0"/>
+                <xsd:element ref="ns2:Notes_x002f_Description" minOccurs="0"/>
+                <xsd:element ref="ns2:FilePurpose" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:IsTemplate" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97069aa7-570b-4764-9598-f9c54d903eaf" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="12" nillable="true" ma:displayName="Document Category" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="MOU/Agreement"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Position Description"/>
+          <xsd:enumeration value="Grant Application"/>
+          <xsd:enumeration value="Training Materials"/>
+          <xsd:enumeration value="Presentation"/>
+          <xsd:enumeration value="Planning Document"/>
+          <xsd:enumeration value="Form"/>
+          <xsd:enumeration value="Meeting Notes"/>
+          <xsd:enumeration value="Communication"/>
+          <xsd:enumeration value="Reference"/>
+          <xsd:enumeration value="Other"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Initiative" ma:index="13" nillable="true" ma:displayName="Initiative" ma:format="Dropdown" ma:internalName="Initiative">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CDI"/>
+          <xsd:enumeration value="Pathways"/>
+          <xsd:enumeration value="CETAP"/>
+          <xsd:enumeration value="Learning Lunches"/>
+          <xsd:enumeration value="CTM"/>
+          <xsd:enumeration value="Mentoring"/>
+          <xsd:enumeration value="Health Professions Seminar"/>
+          <xsd:enumeration value="CALCx"/>
+          <xsd:enumeration value="Career Fellows"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AcademicYear" ma:index="14" nillable="true" ma:displayName="Academic Year" ma:description="For recurring initiatives, indicate the AY the file was used." ma:format="Dropdown" ma:internalName="AcademicYear">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="25-26"/>
+                    <xsd:enumeration value="24-25"/>
+                    <xsd:enumeration value="23-24"/>
+                    <xsd:enumeration value="22-23"/>
+                    <xsd:enumeration value="21-22"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Owner_x002f_Author" ma:index="15" nillable="true" ma:displayName="Owner/Author" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Owner_x002f_Author">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Audience" ma:index="16" nillable="true" ma:displayName="Audience" ma:description="Intended users or viewers" ma:format="Dropdown" ma:internalName="Audience">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Staff"/>
+          <xsd:enumeration value="Fellows/Participants"/>
+          <xsd:enumeration value="CNS Faculty"/>
+          <xsd:enumeration value="Public"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Confidentiality" ma:index="17" nillable="true" ma:displayName="Confidentiality" ma:format="Dropdown" ma:internalName="Confidentiality">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal use"/>
+          <xsd:enumeration value="Public"/>
+          <xsd:enumeration value="Restricted"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Notes_x002f_Description" ma:index="18" nillable="true" ma:displayName="Notes/Description" ma:format="Dropdown" ma:internalName="Notes_x002f_Description">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FilePurpose" ma:index="19" nillable="true" ma:displayName="File Purpose" ma:description="Reason for the file's existence" ma:format="Dropdown" ma:internalName="FilePurpose">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Application Review"/>
+                    <xsd:enumeration value="Event Planning"/>
+                    <xsd:enumeration value="Assessment/Reporting"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08c7800f-3133-4166-986f-ae8bcd499822" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="24" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="25" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="26" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="27" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="28" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IsTemplate" ma:index="30" nillable="true" ma:displayName="Is Template" ma:default="0" ma:format="Dropdown" ma:internalName="IsTemplate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="375c294f-a1f2-424f-8e1b-11fc54006087" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9004eab2-141b-4b47-aa0c-bad5c42114db}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="375c294f-a1f2-424f-8e1b-11fc54006087">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <FilePurpose xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <AcademicYear xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Notes_x002f_Description xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Owner_x002f_Author xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner_x002f_Author>
+    <Audience xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <Confidentiality xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <TaxCatchAll xmlns="375c294f-a1f2-424f-8e1b-11fc54006087" xsi:nil="true"/>
+    <Initiative xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <DocumentType xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <IsTemplate xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">false</IsTemplate>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBA8CE0C-40E7-41AE-8A93-26099133AA67}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30808C6E-8194-42D7-8345-9EA71781F2A6}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34805296-3F96-405F-B713-4D2BB45CA018}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="97069aa7-570b-4764-9598-f9c54d903eaf"/>
+    <ds:schemaRef ds:uri="375c294f-a1f2-424f-8e1b-11fc54006087"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDCAD51C-160F-E546-B585-D4309427796F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>mindset.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>417</Words>
-  <Characters>2378</Characters>
+  <Words>476</Words>
+  <Characters>2317</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2790</CharactersWithSpaces>
+  <CharactersWithSpaces>2783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Craig, Tara T</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010019D298902AADFB46819B2DB4CEF0D2B7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+</Properties>
+</file>