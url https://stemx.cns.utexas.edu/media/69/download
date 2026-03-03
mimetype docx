--- v0 (2025-11-22)
+++ v1 (2026-03-03)
@@ -1,1466 +1,865 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6BBF5F4B" w14:textId="638BBAA8" w:rsidR="00E33AE2" w:rsidRPr="00667A28" w:rsidRDefault="00E33AE2" w:rsidP="00E33AE2">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="27B7B07E" w14:textId="0DBD5D46" w:rsidR="00E33AE2" w:rsidRPr="0097401C" w:rsidRDefault="00E33AE2" w:rsidP="00782FA5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="196B24" w:themeColor="accent3"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667A28">
+      <w:r w:rsidRPr="0097401C">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="196B24" w:themeColor="accent3"/>
         </w:rPr>
         <w:t>Personal Values Writing Activity</w:t>
       </w:r>
-      <w:r w:rsidR="009F5C17">
+      <w:r w:rsidR="009F5C17" w:rsidRPr="0097401C">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="196B24" w:themeColor="accent3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00100A30">
+      <w:r w:rsidR="00100A30" w:rsidRPr="0097401C">
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="196B24" w:themeColor="accent3"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B7B07E" w14:textId="77777777" w:rsidR="00E33AE2" w:rsidRDefault="00E33AE2" w:rsidP="00E33AE2">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="192B3566" w14:textId="7BE65B00" w:rsidR="009D4328" w:rsidRDefault="00E33AE2" w:rsidP="00782FA5">
+      <w:r w:rsidRPr="004336CF">
         <w:t>Please read the list below, then check off 2-3 things that are MOST important to YOU.</w:t>
       </w:r>
-      <w:r w:rsidR="00100A30" w:rsidRPr="00100A30">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="63C5970A" w14:textId="292EA65C" w:rsidR="00100A30" w:rsidRDefault="00100A30" w:rsidP="00E33AE2">
-[...603 lines deleted...]
-      <w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="196B24" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="196B24" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="196B24" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="196B24" w:themeColor="accent3"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="288" w:type="dxa"/>
+          <w:left w:w="288" w:type="dxa"/>
+          <w:bottom w:w="288" w:type="dxa"/>
+          <w:right w:w="288" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3103"/>
+        <w:gridCol w:w="3102"/>
+        <w:gridCol w:w="3095"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006B49DC" w14:paraId="38AD7FA5" w14:textId="77777777" w:rsidTr="0097401C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5217412D" w14:textId="44898162" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Enjoying Sports</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB5D96E" w14:textId="42F880F2" w:rsidR="009D4328" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Being good at art</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F9C38E9" w14:textId="72D24127" w:rsidR="00C1656A" w:rsidRPr="00100A30" w:rsidRDefault="00C1656A" w:rsidP="00C1656A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t xml:space="preserve">Belonging to a social group </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63111B75" w14:textId="335A6E06" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Independence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22573D1C" w14:textId="77777777" w:rsidR="009D4328" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Living in the moment (or enjoying today)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558F33CD" w14:textId="1DFDE42C" w:rsidR="009D4328" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Enjoying outdoor activities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2298BF19" w14:textId="6E5A1D1C" w:rsidR="00C1656A" w:rsidRPr="00100A30" w:rsidRDefault="00C1656A" w:rsidP="00C1656A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Creativity</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE03217" w14:textId="18DEA328" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Music</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5913FB07" w14:textId="59915941" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Politics or Government</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74FAA5E4" w14:textId="197C5903" w:rsidR="009D4328" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Relationships friends or family</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2970E9" w14:textId="5FB6C8F5" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Spiritual or religious values</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7000D13D" w14:textId="1D975DDF" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Sense of humor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3471F9EA" w14:textId="1F27F488" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Career</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F781277" w14:textId="6F6CEA66" w:rsidR="009D4328" w:rsidRPr="00100A30" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Learning and gaining knowledge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A242BB4" w14:textId="475723A9" w:rsidR="009D4328" w:rsidRDefault="009D4328" w:rsidP="00782FA5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="240"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00100A30">
+              <w:t>Other:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E08004D" w14:textId="2C47F43D" w:rsidR="00100A30" w:rsidRPr="00782FA5" w:rsidRDefault="00100A30" w:rsidP="00782FA5">
+      <w:r w:rsidRPr="00782FA5">
         <w:t>Look at the things you picked as MOST important in the above box.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E08004D" w14:textId="77777777" w:rsidR="00100A30" w:rsidRDefault="00100A30" w:rsidP="00100A30">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="32CCAC53" w14:textId="467DB1C2" w:rsidR="00732F35" w:rsidRDefault="00100A30" w:rsidP="00782FA5">
+      <w:r w:rsidRPr="00782FA5">
         <w:t>Think about times when these things were very important to you and write 3-5 sentences describing when these things are important to you.   Focus on your thoughts and feelings, and don’t worry about spelling or how well written it is.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA6378A" w14:textId="77777777" w:rsidR="00732F35" w:rsidRDefault="00732F35" w:rsidP="00504F33">
+    <w:p w14:paraId="3D6249E4" w14:textId="608CBD42" w:rsidR="00611AC0" w:rsidRPr="00FD555A" w:rsidRDefault="00611AC0" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AF6F26C" w14:textId="77777777" w:rsidR="00100A30" w:rsidRDefault="00100A30" w:rsidP="00504F33">
+    <w:p w14:paraId="6145FD49" w14:textId="12456ED6" w:rsidR="006057CB" w:rsidRPr="00FD555A" w:rsidRDefault="006057CB" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C27CE82" w14:textId="62C75767" w:rsidR="00E33AE2" w:rsidRDefault="00E33AE2" w:rsidP="00504F33">
+    <w:p w14:paraId="745C7D8F" w14:textId="77777777" w:rsidR="006057CB" w:rsidRPr="00FD555A" w:rsidRDefault="006057CB" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-[...21 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="03088FDD" w14:textId="77777777" w:rsidR="00732F35" w:rsidRDefault="00732F35" w:rsidP="00504F33">
+    <w:p w14:paraId="2AEF1980" w14:textId="77777777" w:rsidR="009C3B53" w:rsidRPr="00FD555A" w:rsidRDefault="009C3B53" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BE1015C" w14:textId="77777777" w:rsidR="00732F35" w:rsidRDefault="00732F35" w:rsidP="00504F33">
+    <w:p w14:paraId="150EB2F8" w14:textId="77777777" w:rsidR="009C3B53" w:rsidRPr="00FD555A" w:rsidRDefault="009C3B53" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CFA831E" w14:textId="77777777" w:rsidR="00732F35" w:rsidRDefault="00732F35" w:rsidP="00504F33">
+    <w:p w14:paraId="11ABAD1B" w14:textId="77777777" w:rsidR="009C3B53" w:rsidRPr="00FD555A" w:rsidRDefault="009C3B53" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="8" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52736F3A" w14:textId="77777777" w:rsidR="00100A30" w:rsidRDefault="00E33AE2" w:rsidP="00100A30">
+    <w:p w14:paraId="0DACD098" w14:textId="77777777" w:rsidR="009C3B53" w:rsidRPr="00FD555A" w:rsidRDefault="009C3B53" w:rsidP="00FD555A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000" w:themeColor="text1"/>
         </w:pBdr>
-        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
-[...22 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="317EF5F6" w14:textId="77777777" w:rsidR="00100A30" w:rsidRDefault="00100A30" w:rsidP="00100A30">
-[...227 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="009C3B53" w:rsidRPr="00FD555A">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00F5CE86" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="00F5CE86" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4" w:rsidP="00782FA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="419A80DE" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="419A80DE" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4" w:rsidP="00782FA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{8F646238-0B30-9742-A6D5-1E005FCAEF26}"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{B63622C5-D37F-A543-B31B-5F68DBB329DA}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{F2CCC0F9-DB49-4246-A3BE-D2E11851429E}"/>
-[...9 lines deleted...]
-    <w:embedRegular r:id="rId5" w:fontKey="{F963B40E-93BE-0C40-9135-D39A18D10188}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{EC2E5CE5-02E3-0B4F-81C4-2CAB048F2179}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{505E4DEF-1147-0D48-9944-E2DB38E78340}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{49026A3D-AEE0-D841-9F34-8C4B409F9FE9}"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{D84D039F-6534-1E4F-911B-3DB46A18965A}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{D30ECFFB-2EA5-404C-9699-7126BEB57CEB}"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{341CAFB9-BD82-474F-821F-39CCB964ADE5}"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{A094DA52-155D-A040-87F0-847B18530A82}"/>
   </w:font>
   <w:font w:name="Libre Franklin">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{BAA23984-FE68-7447-AA5F-403C9FD8D0E3}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{4843DDB5-F5D1-504B-9B4B-C62FEA4C910A}"/>
+  </w:font>
+  <w:font w:name="EB Garamond">
+    <w:panose1 w:val="00000500000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="02000413" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{D18D3A4E-EAD3-104A-BA57-76EBAD02701B}"/>
+    <w:embedBold r:id="rId11" w:fontKey="{562408BB-8BED-B043-968F-7FBFA33F81AA}"/>
+    <w:embedItalic r:id="rId12" w:fontKey="{62284A81-27E5-5D45-BD45-6D2FA2523E66}"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{2A61CFD6-86A1-AC41-817D-1EF6D6A0824D}"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{B0E9B7D4-4E19-EF45-BD59-E357FAB9802E}"/>
   </w:font>
   <w:font w:name="Charis SIL">
-    <w:altName w:val="Calibri"/>
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="02000500060000020004"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-[...4 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{0F749BE8-F98E-BE48-B6EF-38A6C8DBEE53}"/>
+    <w:sig w:usb0="A00003FF" w:usb1="5200E1FF" w:usb2="0A000029" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId14" w:fontKey="{2ADECC1F-C4F9-DF48-A441-E68A304FBD8A}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FB92439" w14:textId="6CFAD575" w:rsidR="00EA006C" w:rsidRPr="00016A94" w:rsidRDefault="00016A94" w:rsidP="00016A94">
+  <w:p w14:paraId="4403B696" w14:textId="77777777" w:rsidR="00100A98" w:rsidRDefault="00100A98">
     <w:pPr>
-      <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FB92439" w14:textId="6CFAD575" w:rsidR="00EA006C" w:rsidRPr="00016A94" w:rsidRDefault="00016A94" w:rsidP="00782FA5">
     <w:r>
       <w:rPr>
         <w:color w:val="333333"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve">This work © 2025 by CNS Office of STEM Education Excellence is licensed under </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r>
         <w:rPr>
           <w:color w:val="D14500"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">CC BY-NC 4.0 </w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3EC4BA15" w14:textId="4EB6C2BF" w:rsidR="00EA006C" w:rsidRDefault="00CE28B1">
+  <w:p w14:paraId="3EC4BA15" w14:textId="5D806CC9" w:rsidR="00EA006C" w:rsidRPr="00CE6B7F" w:rsidRDefault="00CE28B1" w:rsidP="00CE6B7F">
     <w:pPr>
-      <w:tabs>
-[...5 lines deleted...]
-        <w:szCs w:val="20"/>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t>This work © 202</w:t>
     </w:r>
-    <w:r w:rsidR="00111B3A">
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111B3A" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:highlight w:val="white"/>
       </w:rPr>
       <w:t xml:space="preserve"> by CNS Office of STEM Education Excellence is licensed under </w:t>
     </w:r>
-    <w:hyperlink r:id="rId1">
-[...15 lines deleted...]
-      <w:tab/>
+    <w:r w:rsidR="00EA006C" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>CC B</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+    <w:r w:rsidR="00EA006C" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>Y</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:instrText>PAGE</w:instrText>
+    <w:r w:rsidR="00EA006C" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t xml:space="preserve">-NC </w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:fldChar w:fldCharType="separate"/>
+    <w:r w:rsidR="00EA006C" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>4.0</w:t>
     </w:r>
-    <w:r w:rsidR="007744B8">
-[...5 lines deleted...]
-      <w:t>1</w:t>
+    <w:r w:rsidR="00100A98">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t>.</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+    <w:r w:rsidR="00EA006C" w:rsidRPr="00CE6B7F">
+      <w:rPr>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:highlight w:val="white"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41822DB2" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="41822DB2" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4" w:rsidP="00782FA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="756EF6C8" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="756EF6C8" w14:textId="77777777" w:rsidR="00502FC4" w:rsidRDefault="00502FC4" w:rsidP="00782FA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DC27D4F" w14:textId="77777777" w:rsidR="00EA006C" w:rsidRDefault="00CE28B1">
+  <w:p w14:paraId="6B287AF5" w14:textId="77777777" w:rsidR="00100A98" w:rsidRDefault="00100A98">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6456B3F8" w14:textId="77777777" w:rsidR="00100A98" w:rsidRDefault="00100A98">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="794DF8CB" w14:textId="6898921A" w:rsidR="00EA006C" w:rsidRDefault="00CE28B1" w:rsidP="00782FA5">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="57F30BD9" wp14:editId="221A7A98">
+        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="57F30BD9" wp14:editId="1DC07BA9">
           <wp:extent cx="2145574" cy="685800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="289562813" name="image2.png"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+          <wp:docPr id="289562813" name="image2.png">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="289562813" name="image2.png">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2145574" cy="685800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6CDDEF3C" wp14:editId="192FBEB8">
+        <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="6CDDEF3C" wp14:editId="72F42820">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>1</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2225615" cy="393192"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
-          <wp:docPr id="1668026889" name="image1.png"/>
+          <wp:docPr id="1668026889" name="image1.png">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="1668026889" name="image1.png">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect l="2317" t="11940" r="2317" b="11940"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2225615" cy="393192"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="794DF8CB" w14:textId="77777777" w:rsidR="00EA006C" w:rsidRDefault="00EA006C"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CE30D30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FAC03DC"/>
     <w:lvl w:ilvl="0" w:tplc="5502CA02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C02A01A" w:tentative="1">
@@ -1563,50 +962,162 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="712873D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53AF2B2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC4C0CB6"/>
+    <w:lvl w:ilvl="0" w:tplc="50482DAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F573B69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C89A5B22"/>
     <w:lvl w:ilvl="0" w:tplc="AA644C32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8C9CB010">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -1705,153 +1216,176 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69ECF702" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="264584815">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1233734177">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="483275794">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="140"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA006C"/>
     <w:rsid w:val="00016A94"/>
     <w:rsid w:val="000214A4"/>
     <w:rsid w:val="00024C43"/>
     <w:rsid w:val="00026141"/>
     <w:rsid w:val="00060148"/>
     <w:rsid w:val="000641C1"/>
     <w:rsid w:val="000A183C"/>
     <w:rsid w:val="000F1609"/>
     <w:rsid w:val="00100A30"/>
+    <w:rsid w:val="00100A98"/>
     <w:rsid w:val="0010471F"/>
     <w:rsid w:val="00111B3A"/>
     <w:rsid w:val="001121E4"/>
     <w:rsid w:val="001F584D"/>
     <w:rsid w:val="00224EEA"/>
     <w:rsid w:val="002F07D0"/>
     <w:rsid w:val="002F0F76"/>
     <w:rsid w:val="003432E4"/>
     <w:rsid w:val="00424C96"/>
+    <w:rsid w:val="004336CF"/>
     <w:rsid w:val="00443D29"/>
     <w:rsid w:val="00502FC4"/>
     <w:rsid w:val="00504F33"/>
     <w:rsid w:val="005262D9"/>
     <w:rsid w:val="00551673"/>
     <w:rsid w:val="005E00FD"/>
+    <w:rsid w:val="006057CB"/>
+    <w:rsid w:val="00611AC0"/>
     <w:rsid w:val="00634642"/>
+    <w:rsid w:val="006B49DC"/>
     <w:rsid w:val="00707679"/>
     <w:rsid w:val="00714198"/>
     <w:rsid w:val="00716FEE"/>
     <w:rsid w:val="00732F35"/>
     <w:rsid w:val="007561D3"/>
     <w:rsid w:val="007744B8"/>
+    <w:rsid w:val="00782FA5"/>
+    <w:rsid w:val="007B129B"/>
     <w:rsid w:val="007F2205"/>
     <w:rsid w:val="007F4833"/>
     <w:rsid w:val="007F58F9"/>
     <w:rsid w:val="00812A4D"/>
     <w:rsid w:val="00902099"/>
+    <w:rsid w:val="0097401C"/>
+    <w:rsid w:val="009C3B53"/>
+    <w:rsid w:val="009D4328"/>
     <w:rsid w:val="009F5C17"/>
+    <w:rsid w:val="009F63DB"/>
     <w:rsid w:val="00AC10C3"/>
     <w:rsid w:val="00AC4AA9"/>
+    <w:rsid w:val="00B73F42"/>
+    <w:rsid w:val="00C1656A"/>
     <w:rsid w:val="00C54EF5"/>
     <w:rsid w:val="00C96B49"/>
     <w:rsid w:val="00CE28B1"/>
+    <w:rsid w:val="00CE6B7F"/>
     <w:rsid w:val="00D1410F"/>
     <w:rsid w:val="00D40275"/>
     <w:rsid w:val="00D475F8"/>
+    <w:rsid w:val="00DB5099"/>
     <w:rsid w:val="00DE3A63"/>
     <w:rsid w:val="00DF1953"/>
     <w:rsid w:val="00E277B1"/>
     <w:rsid w:val="00E33AE2"/>
     <w:rsid w:val="00E516C5"/>
     <w:rsid w:val="00EA006C"/>
     <w:rsid w:val="00EB43A9"/>
     <w:rsid w:val="00F47EFA"/>
     <w:rsid w:val="00F61A11"/>
     <w:rsid w:val="00FC21FD"/>
+    <w:rsid w:val="00FD1229"/>
+    <w:rsid w:val="00FD555A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3D92986C"/>
   <w15:docId w15:val="{1665D07A-198B-CD4E-A6C0-6E906E5094A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Libre Franklin" w:eastAsia="Libre Franklin" w:hAnsi="Libre Franklin" w:cs="Libre Franklin"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200"/>
@@ -2217,67 +1751,77 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00782FA5"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="EB Garamond" w:hAnsi="EB Garamond"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007B3F2B"/>
+    <w:rsid w:val="004336CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007B3F2B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
@@ -2467,53 +2011,55 @@
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="007B3F2B"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007B3F2B"/>
+    <w:rsid w:val="004336CF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="EB Garamond" w:eastAsiaTheme="majorEastAsia" w:hAnsi="EB Garamond" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007B3F2B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
@@ -2954,66 +2500,62 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="929848173">
           <w:marLeft w:val="1080"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/?ref=chooser-v1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/?ref=chooser-v1" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -3285,83 +2827,92 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgYYlUVPoEYzvYQU7pDe67VjhY6ug==">CgMxLjAyDWgubTRuam03eHBmZXkyDmguNGNmOWdydHp4dTBjMg5oLjluNzMwbmVrYmM2ajIOaC52aXk5emZmZzF4ajUyDmguODYzcTEzMzU4Mnl1Mg1oLmFwazRjaThuaGk2Mg5oLnd5dGJqNTFoeHpkejIOaC5pdDNsOWM0dmRwbnYyDmguYnFpZnE1dXZjM2p0OAByITF5b0ljWGREbFBNcFJORVZzbTN0c0NmN3VVcmNYclMyVQ==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <FilePurpose xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <AcademicYear xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <Notes_x002f_Description xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <Owner_x002f_Author xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner_x002f_Author>
     <Audience xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <Confidentiality xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <TaxCatchAll xmlns="375c294f-a1f2-424f-8e1b-11fc54006087" xsi:nil="true"/>
     <Initiative xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <DocumentType xmlns="97069aa7-570b-4764-9598-f9c54d903eaf" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="97069aa7-570b-4764-9598-f9c54d903eaf">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019D298902AADFB46819B2DB4CEF0D2B7" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="324f5205634ba4c6006b3da019d4ade6">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97069aa7-570b-4764-9598-f9c54d903eaf" xmlns:ns3="375c294f-a1f2-424f-8e1b-11fc54006087" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4f4a898980004bd0d5afa2a6abea5c1b" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010019D298902AADFB46819B2DB4CEF0D2B7" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6766d0fc3048505b7d858fe49c39dc68">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97069aa7-570b-4764-9598-f9c54d903eaf" xmlns:ns3="375c294f-a1f2-424f-8e1b-11fc54006087" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="747d0e1ead915bd19c2358b1263900e2" ns2:_="" ns3:_="">
     <xsd:import namespace="97069aa7-570b-4764-9598-f9c54d903eaf"/>
     <xsd:import namespace="375c294f-a1f2-424f-8e1b-11fc54006087"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
                 <xsd:element ref="ns2:Initiative" minOccurs="0"/>
                 <xsd:element ref="ns2:AcademicYear" minOccurs="0"/>
                 <xsd:element ref="ns2:Owner_x002f_Author" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Confidentiality" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes_x002f_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:FilePurpose" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
@@ -3381,57 +2932,58 @@
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="DocumentType" ma:index="12" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="MOU"/>
-          <xsd:enumeration value="Photo Release"/>
+          <xsd:enumeration value="Consent Form"/>
           <xsd:enumeration value="HR Template"/>
           <xsd:enumeration value="Grant Application"/>
           <xsd:enumeration value="Training Materials"/>
           <xsd:enumeration value="Presentation"/>
           <xsd:enumeration value="Template"/>
           <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Planning Document"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Initiative" ma:index="13" nillable="true" ma:displayName="Initiative" ma:format="Dropdown" ma:internalName="Initiative">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="CDI"/>
           <xsd:enumeration value="Pathways"/>
           <xsd:enumeration value="CETAP"/>
           <xsd:enumeration value="Learning Lunches"/>
           <xsd:enumeration value="CTM"/>
           <xsd:enumeration value="Mentoring"/>
           <xsd:enumeration value="Health Professions Seminar"/>
           <xsd:enumeration value="CALCx"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="AcademicYear" ma:index="14" nillable="true" ma:displayName="Academic Year" ma:description="For recurring initiatives, indicate the AY the file was used." ma:format="Dropdown" ma:internalName="AcademicYear">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="25-26"/>
           <xsd:enumeration value="24-25"/>
           <xsd:enumeration value="23-24"/>
           <xsd:enumeration value="22-23"/>
           <xsd:enumeration value="21-22"/>
@@ -3639,136 +3191,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63C42E66-7915-4C78-A777-68B95F66FEC6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="97069aa7-570b-4764-9598-f9c54d903eaf"/>
     <ds:schemaRef ds:uri="375c294f-a1f2-424f-8e1b-11fc54006087"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86445055-5A27-4973-9B19-8D8C192C0EA0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{636CC251-F897-4C8F-8678-AB78D44694EE}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A19969F0-6130-422E-9815-8441A9DEAD86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="97069aa7-570b-4764-9598-f9c54d903eaf"/>
     <ds:schemaRef ds:uri="375c294f-a1f2-424f-8e1b-11fc54006087"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>427</Characters>
+  <Pages>1</Pages>
+  <Words>130</Words>
+  <Characters>608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>500</CharactersWithSpaces>
+  <CharactersWithSpaces>730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Latham, Anita G</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010019D298902AADFB46819B2DB4CEF0D2B7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>